--- v0 (2025-11-07)
+++ v1 (2026-03-28)
@@ -1,48 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="70347FD0" w14:textId="77777777" w:rsidR="003957D2" w:rsidRPr="00AC57C0" w:rsidRDefault="00117BF1" w:rsidP="003C0131">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC57C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Directions for Fee-For-Service</w:t>
       </w:r>
@@ -1845,51 +1846,69 @@
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Confidential Information</w:t>
       </w:r>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">. “Confidential Information” shall mean any and all information, including data, (i) provided to or otherwise made available to Contractor by University in connection with Contractor’s performance of this Agreement, whether in electronic or other written format, provided by oral means, seen by Contractor through its presence on University campus or during its or its subcontractor’s performance of this Agreement or otherwise made available to Contractor during the performance of this Agreement or by being provided access to University computer and operating systems; (ii) created by Contractor from information owned or controlled by University; or (iii) created, acquired or assimilated by Contractor in the performance of services pursuant to this Agreement.  All Confidential Information shall remain the exclusive property of </w:t>
+        <w:t>. “Confidential Information” shall mean any and all information, including data, (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B46766">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B46766">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) provided to or otherwise made available to Contractor by University in connection with Contractor’s performance of this Agreement, whether in electronic or other written format, provided by oral means, seen by Contractor through its presence on University campus or during its or its subcontractor’s performance of this Agreement or otherwise made available to Contractor during the performance of this Agreement or by being provided access to University computer and operating systems; (ii) created by Contractor from information owned or controlled by University; or (iii) created, acquired or assimilated by Contractor in the performance of services pursuant to this Agreement.  All Confidential Information shall remain the exclusive property of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14EEFC41" w14:textId="77777777" w:rsidR="00D73DED" w:rsidRPr="00B46766" w:rsidRDefault="00D73DED" w:rsidP="00D73DED">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1902,68 +1921,78 @@
     <w:p w14:paraId="2F4FF36D" w14:textId="77777777" w:rsidR="00D73DED" w:rsidRPr="00B46766" w:rsidRDefault="00D73DED" w:rsidP="00D73DED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Use and Non-Disclosure of Confidential Information</w:t>
       </w:r>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  During the term of this Agreement and for five (5) years after it is terminated or otherwise expires, and except as otherwise required by law or as permitted by this Agreement, Contractor </w:t>
-      </w:r>
+        <w:t>.  During the term of this Agreement and for five (5) years after it is terminated or otherwise expires, and except as otherwise required by law or as permitted by this Agreement, Contractor shall not use Confidential Information or disclose Confidential Information to any third party; provided, however, that Contractor may disclose any Confidential Information to its affiliates and representatives who: (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>shall not use Confidential Information or disclose Confidential Information to any third party; provided, however, that Contractor may disclose any Confidential Information to its affiliates and representatives who: (i) need to know the Confidential Information for the purpose of fulfilling the terms of this Agreement; (ii) are advised by Contractor of the terms of this Agreement; and (iii) are bound by restrictions regarding disclosure and use of Confidential Information no less restrictive than those set forth herein.  Contractor agrees to protect Confidential Information using the same degree of care it uses to protect its own confidential information, but in any event, not less than a reasonable degree of care.</w:t>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B46766">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>) need to know the Confidential Information for the purpose of fulfilling the terms of this Agreement; (ii) are advised by Contractor of the terms of this Agreement; and (iii) are bound by restrictions regarding disclosure and use of Confidential Information no less restrictive than those set forth herein.  Contractor agrees to protect Confidential Information using the same degree of care it uses to protect its own confidential information, but in any event, not less than a reasonable degree of care.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="293A5DB6" w14:textId="77777777" w:rsidR="00D73DED" w:rsidRPr="00B46766" w:rsidRDefault="00D73DED" w:rsidP="00D73DED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F29E30A" w14:textId="77777777" w:rsidR="00D73DED" w:rsidRPr="00B46766" w:rsidRDefault="00D73DED" w:rsidP="00D73DED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2514,50 +2543,51 @@
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68E19ACA" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ARTICLE X</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>THIRD</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
@@ -2727,60 +2757,51 @@
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">ontractor.  Neither the </w:t>
       </w:r>
       <w:r w:rsidR="00C52CD2" w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">, nor any officer, </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">employee nor agent of the </w:t>
+        <w:t xml:space="preserve">, nor any officer, employee nor agent of the </w:t>
       </w:r>
       <w:r w:rsidR="00C52CD2" w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be entitled to any benefit of employment by the University.   Neither party is authorized to act as the agent of the other, nor shall either party be bound by the acts of the other.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44ECDE40" w14:textId="77777777" w:rsidR="00181CFF" w:rsidRPr="00E62468" w:rsidRDefault="00181CFF" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
@@ -2882,212 +2903,124 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>s:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="002D2753" w:rsidRPr="00E62468">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
           </w:rPr>
-          <w:t>http:/financialaffairs.uab.e</w:t>
-[...21 lines deleted...]
-          <w:t>u/</w:t>
+          <w:t>http:/financialaffairs.uab.edu/</w:t>
         </w:r>
         <w:r w:rsidR="00472AE9" w:rsidRPr="00E62468">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
           </w:rPr>
           <w:t>content.asp?id=208887</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00807D6C" w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="002D2753" w:rsidRPr="00E62468">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
           </w:rPr>
-          <w:t>http://financialaffairs.uab.edu/con</w:t>
-[...43 lines deleted...]
-          <w:t>.asp?id=271856</w:t>
+          <w:t>http://financialaffairs.uab.edu/content.asp?id=271856</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00807D6C" w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> and General Provisions at </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="002D2753" w:rsidRPr="00E62468">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
           </w:rPr>
-          <w:t>http://financialaf</w:t>
-[...21 lines deleted...]
-          <w:t>airs.uab.edu</w:t>
+          <w:t>http://financialaffairs.uab.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63FDC022" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00181CFF" w:rsidP="00CE4933">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
@@ -3234,66 +3167,66 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">University </w:t>
       </w:r>
       <w:r w:rsidR="00807D6C" w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Contracts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D09D1F3" w14:textId="77777777" w:rsidR="00FD5CAE" w:rsidRPr="00E62468" w:rsidRDefault="00FD5CAE" w:rsidP="00FD5CAE">
+    <w:p w14:paraId="4D09D1F3" w14:textId="1EC114EB" w:rsidR="00FD5CAE" w:rsidRPr="00E62468" w:rsidRDefault="00FD5CAE" w:rsidP="00FD5CAE">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>801 Financial Services Building, Box B10</w:t>
+        <w:t>801 Financial Services Building</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CC83EFB" w14:textId="77777777" w:rsidR="00FD5CAE" w:rsidRDefault="00FD5CAE" w:rsidP="00FD5CAE">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>1720 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:vertAlign w:val="superscript"/>
@@ -3695,299 +3628,283 @@
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>have not been listed on the General Services Administration’s List of Parties Excluded from Federal Programs; and (e</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">have not been convicted of a criminal offense related to health care. </w:t>
       </w:r>
       <w:r w:rsidR="00214D11" w:rsidRPr="00E62468">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Contractor</w:t>
-[...239 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:t xml:space="preserve"> shall immediately notify </w:t>
+      </w:r>
+      <w:r w:rsidR="00807D6C" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>in the event that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00214D11" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Contractor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is no longer able to make such representations, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00807D6C" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may upon five (5) business days</w:t>
+      </w:r>
+      <w:r w:rsidR="00807D6C" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> written notice terminate this Agreement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D54474" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15B00004" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>ARTICLE XV</w:t>
+      </w:r>
+      <w:r w:rsidR="00181CFF" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70955" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ALABAMA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TAX CERTIFICATION (APPLICABLE TO AGRE</w:t>
+      </w:r>
+      <w:r w:rsidR="000D091B" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>MENTS FOR THE PURCHASE OR LEASE OF TANGIBLE PERSONAL PROPERTY).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   In accordance with Section 41-4-116 of the Code of Alabama, by accepting this </w:t>
+      </w:r>
+      <w:r w:rsidR="00807D6C" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">greement, </w:t>
+      </w:r>
+      <w:r w:rsidR="00214D11" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Contractor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> certifies that </w:t>
+      </w:r>
+      <w:r w:rsidR="00214D11" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Contractor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is appropriately registered to collect and remit sales, use, and lease tax on all taxable sales and leases of personal property in Alabama and that </w:t>
+      </w:r>
+      <w:r w:rsidR="00214D11" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Contractor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is not barred from bidding for or entering into a contract pursuant to Section 41-4-116 and that </w:t>
       </w:r>
       <w:r w:rsidR="00214D11" w:rsidRPr="00E62468">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> acknowledges that University may declare the Agreement void if this certification is false. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BFD662F" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
@@ -4581,51 +4498,59 @@
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00CE4933" w:rsidRPr="00E62468">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">The parties are aware that there are constitutional and statutory limitations on the authority of University (a state agency) to enter into certain terms and conditions of the </w:t>
       </w:r>
       <w:r w:rsidR="00807D6C" w:rsidRPr="00E62468">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00CE4933" w:rsidRPr="00E62468">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">greement, including, but not limited to, those terms and conditions relating to liens on University’s property; disclaimers and limitations of liability for damages; waivers, disclaimers and limitations of legal rights, remedies, requirements and processes; limitations of periods to bring legal action; granting control of litigation or settlement to another party; liability for acts or omissions of third parties; payment of attorneys’ fees; dispute resolution; indemnities; and confidentiality (collectively, the “limitations”), and terms and conditions related to the limitations will not be binding on University except to the extent authorized by the laws and constitution of the State of Alabama. </w:t>
+        <w:t xml:space="preserve">greement, including, but not limited to, those terms and conditions relating to liens on University’s property; disclaimers and limitations of liability for damages; waivers, disclaimers and limitations of legal rights, remedies, requirements and processes; limitations of periods to bring legal action; granting control of litigation or settlement to another party; liability for acts or omissions of third parties; payment of attorneys’ fees; dispute resolution; indemnities; and confidentiality (collectively, the “limitations”), and terms and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4933" w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">conditions related to the limitations will not be binding on University except to the extent authorized by the laws and constitution of the State of Alabama. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25FA1BC6" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07084DF4" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
@@ -4735,51 +4660,50 @@
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66E7E87F" w14:textId="77777777" w:rsidR="00A4531A" w:rsidRPr="00A4531A" w:rsidRDefault="00A4531A" w:rsidP="00A4531A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4531A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ARTICLE XXIV</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A4531A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A4531A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NONDISCRIMINATION</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A4531A">
         <w:rPr>
@@ -4853,82 +4777,82 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A4531A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall not use Federal or State funds for programs that discriminate based on Protected Characteristics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69CF48FE" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="503037F3" w14:textId="77777777" w:rsidR="00D73DED" w:rsidRDefault="00EE58D0" w:rsidP="00EE58D0">
+    <w:p w14:paraId="503037F3" w14:textId="3125D0D9" w:rsidR="00D73DED" w:rsidRDefault="00EE58D0" w:rsidP="00EE58D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE XXV:    </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE58D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>DIGITIAL ACCESSIBILITY.</w:t>
+        <w:t>DIGITAL ACCESSIBILITY.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE58D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Throughout the term of this Agreement, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -4976,219 +4900,377 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall permit the University to conduct testing at periodic intervals to assess </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE58D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">’s compliance with this provision, provided that the parties shall cooperate in good faith to arrange such testing and that the testing </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007503E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">does </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EE58D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>not impose</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">not impose an undue burden on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Contractor</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EE58D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> an undue burden on </w:t>
+        <w:t>’s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE58D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">operations. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE58D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>’s</w:t>
+        <w:t xml:space="preserve"> shall correct any failures to comply with the digital accessibility standards required by this provision as soon as reasonably possible. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE58D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">operations. </w:t>
+        <w:t xml:space="preserve"> shall indemnify, defend, and hold harmless the University against all damages, costs, fees, fines, liabilities, loss, and expenses, including reasonable attorney’s fees, incurred by the University in connection with any third-party demand, claim, or legal or administrative agency action or proceeding arising from or related to an allegation that the digital content provided by or created by </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Contractor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE58D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> failed to meet the digital accessibility standards outlined in this provision</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Contractor</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE58D0">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DF52E5" w14:textId="77777777" w:rsidR="00EE58D0" w:rsidRPr="00EE58D0" w:rsidRDefault="00EE58D0" w:rsidP="00EE58D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall correct any failures to comply with the digital accessibility standards required by this provision as soon as reasonably possible. </w:t>
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="667C116D" w14:textId="77777777" w:rsidR="00D73DED" w:rsidRDefault="00D73DED" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="360D66A5" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F4184C9" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00BD068C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Contractor</w:t>
-[...86 lines deleted...]
-        </w:rPr>
+        <w:t>{signatures appear on following page}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A71EA98" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7870DE9B" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A874015" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="002AF9E5" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB86C07" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30CF991C" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3358B017" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7401411B" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79EB5F3B" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40B57490" w14:textId="0C45DB20" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>THE BOARD OF TRUSTEES OF</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C459CB8" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
@@ -5292,50 +5374,88 @@
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320ED3D5" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="63D6BC32" w14:textId="77777777" w:rsidR="007503E7" w:rsidRDefault="007503E7" w:rsidP="007503E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UC Number: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7DE171E9" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CDBE830" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00E62468" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
@@ -5567,51 +5687,510 @@
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="378F04C8" w14:textId="77777777" w:rsidR="00EE58D0" w:rsidRDefault="00EE58D0" w:rsidP="00A4531A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04B7308C" w14:textId="77777777" w:rsidR="00CE4933" w:rsidRPr="00E62468" w:rsidRDefault="00CE4933" w:rsidP="00A4531A">
+    <w:p w14:paraId="24E4A093" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="435115A6" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716584F1" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B3EC478" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB1BE1D" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F921871" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="531F82E5" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01C80462" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FFEFF9A" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A6C856" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF28732" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14A6D0EC" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D5DDD7F" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D36DF71" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16A7A1B6" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="160A6980" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="077F43BE" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C5E1BE2" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20FFE7E3" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B51B7A3" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CD54DE2" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B805565" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C34C7B7" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C3F9D15" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5813D039" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15B55DDB" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10B21D74" w14:textId="77777777" w:rsidR="00BD068C" w:rsidRDefault="00BD068C" w:rsidP="00A4531A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04B7308C" w14:textId="69DE500E" w:rsidR="00CE4933" w:rsidRPr="00E62468" w:rsidRDefault="00CE4933" w:rsidP="00A4531A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E62468">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -5927,205 +6506,197 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
         <w:t>Deliverables.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7200"/>
-        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="7093"/>
+        <w:gridCol w:w="2149"/>
       </w:tblGrid>
       <w:tr w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w14:paraId="3536FF7A" w14:textId="77777777" w:rsidTr="00D76807">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47610A8F" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Deliverables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70DEFA58" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Party Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w14:paraId="2BC1C90D" w14:textId="77777777" w:rsidTr="00D76807">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19F3A864" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="338FB93B" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w14:paraId="3A4D3BE4" w14:textId="77777777" w:rsidTr="00D76807">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="444ACF8A" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0508B67B" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w14:paraId="659CA8D7" w14:textId="77777777" w:rsidTr="00D76807">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FFF5DF0" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42C39E4C" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="46063B23" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00807D6C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6184,280 +6755,268 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
         <w:t>Anticipated Schedule for Completion/Anticipated Proposed Timeline of Activities.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3600"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="3536"/>
+        <w:gridCol w:w="3560"/>
+        <w:gridCol w:w="2146"/>
       </w:tblGrid>
       <w:tr w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w14:paraId="19923932" w14:textId="77777777" w:rsidTr="00D76807">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F548BBC" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0981799A" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Anticipated Completion/Due Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4722B54E" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Party Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w14:paraId="5A58E0E1" w14:textId="77777777" w:rsidTr="00D76807">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19A8EE0F" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00C18673" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B4FAAD1" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w14:paraId="3426766D" w14:textId="77777777" w:rsidTr="00D76807">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EB7EB9F" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10D706AF" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24282BD6" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w14:paraId="53AB1715" w14:textId="77777777" w:rsidTr="00D76807">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="429A0A97" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A951846" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34D111F8" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="006D6A6A" w:rsidRDefault="00807D6C" w:rsidP="00D76807">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65A15F1D" w14:textId="77777777" w:rsidR="00807D6C" w:rsidRPr="00AC57C0" w:rsidRDefault="00807D6C" w:rsidP="00CE4933">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
@@ -8209,58 +8768,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E10C00" w:rsidRPr="00AC57C0" w:rsidSect="00117BF1">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="649DB468" w14:textId="77777777" w:rsidR="004207BC" w:rsidRDefault="004207BC" w:rsidP="00117BF1">
+    <w:p w14:paraId="5556E5BF" w14:textId="77777777" w:rsidR="003E1286" w:rsidRDefault="003E1286" w:rsidP="00117BF1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C3DEC28" w14:textId="77777777" w:rsidR="004207BC" w:rsidRDefault="004207BC" w:rsidP="00117BF1">
+    <w:p w14:paraId="2475A419" w14:textId="77777777" w:rsidR="003E1286" w:rsidRDefault="003E1286" w:rsidP="00117BF1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -8293,140 +8852,178 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="43D3F77B" w14:textId="77777777" w:rsidR="00A4531A" w:rsidRPr="009A7817" w:rsidRDefault="00A4531A" w:rsidP="00A4531A">
+  <w:p w14:paraId="34902B32" w14:textId="43D59D23" w:rsidR="0047540D" w:rsidRDefault="0047540D">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:suppressAutoHyphens/>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
-        <w:spacing w:val="-2"/>
-[...1 lines deleted...]
-        <w:szCs w:val="16"/>
+        <w:bCs/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AC57C0">
-[...17 lines deleted...]
-      <w:t>9</w:t>
+    <w:r>
+      <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
-        <w:spacing w:val="-2"/>
-[...1 lines deleted...]
-        <w:szCs w:val="16"/>
+        <w:bCs/>
       </w:rPr>
-      <w:t>/2025</w:t>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>8</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="35CA0998" w14:textId="77777777" w:rsidR="00A4531A" w:rsidRDefault="00A4531A">
+  <w:p w14:paraId="456411A1" w14:textId="77777777" w:rsidR="0047540D" w:rsidRDefault="0047540D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
     </w:pPr>
+  </w:p>
+  <w:p w14:paraId="65168F0D" w14:textId="287FA47A" w:rsidR="0047540D" w:rsidRPr="0047540D" w:rsidRDefault="0047540D" w:rsidP="0047540D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0047540D">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Rev. 3/2026</w:t>
+    </w:r>
   </w:p>
   <w:p w14:paraId="22DED2E1" w14:textId="77777777" w:rsidR="00117BF1" w:rsidRPr="00C03894" w:rsidRDefault="00117BF1" w:rsidP="00AC57C0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70775DA4" w14:textId="77777777" w:rsidR="00117BF1" w:rsidRDefault="00117BF1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2E503DFC" w14:textId="77777777" w:rsidR="00117BF1" w:rsidRDefault="00117BF1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="795F45EC" w14:textId="77777777" w:rsidR="004207BC" w:rsidRDefault="004207BC" w:rsidP="00117BF1">
+    <w:p w14:paraId="4FCDF06D" w14:textId="77777777" w:rsidR="003E1286" w:rsidRDefault="003E1286" w:rsidP="00117BF1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46E1586A" w14:textId="77777777" w:rsidR="004207BC" w:rsidRDefault="004207BC" w:rsidP="00117BF1">
+    <w:p w14:paraId="0C67FF4D" w14:textId="77777777" w:rsidR="003E1286" w:rsidRDefault="003E1286" w:rsidP="00117BF1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="017805B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C4E6233E"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -9482,161 +10079,156 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="274869913">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00024543"/>
     <w:rsid w:val="00024543"/>
     <w:rsid w:val="00033DA8"/>
     <w:rsid w:val="00056C5C"/>
     <w:rsid w:val="0006652F"/>
     <w:rsid w:val="00073054"/>
     <w:rsid w:val="00086F2E"/>
     <w:rsid w:val="000C7CB9"/>
     <w:rsid w:val="000D091B"/>
     <w:rsid w:val="000D7287"/>
     <w:rsid w:val="00100973"/>
     <w:rsid w:val="001125D6"/>
     <w:rsid w:val="00117BF1"/>
     <w:rsid w:val="00163AE7"/>
     <w:rsid w:val="00166594"/>
     <w:rsid w:val="00181CFF"/>
     <w:rsid w:val="00182BF2"/>
+    <w:rsid w:val="00186E54"/>
     <w:rsid w:val="001957BF"/>
     <w:rsid w:val="001D5D44"/>
     <w:rsid w:val="001E1182"/>
     <w:rsid w:val="001F3FCA"/>
     <w:rsid w:val="00214D11"/>
     <w:rsid w:val="002801C1"/>
     <w:rsid w:val="002A3F3F"/>
     <w:rsid w:val="002D2753"/>
     <w:rsid w:val="002D6409"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="00335352"/>
     <w:rsid w:val="003657E6"/>
     <w:rsid w:val="003957D2"/>
     <w:rsid w:val="003B3410"/>
     <w:rsid w:val="003C0131"/>
     <w:rsid w:val="003C612A"/>
+    <w:rsid w:val="003E1286"/>
     <w:rsid w:val="00417996"/>
     <w:rsid w:val="004207BC"/>
     <w:rsid w:val="00423E38"/>
     <w:rsid w:val="00461C60"/>
     <w:rsid w:val="00472AE9"/>
+    <w:rsid w:val="0047540D"/>
     <w:rsid w:val="00595EFA"/>
     <w:rsid w:val="00637F4B"/>
     <w:rsid w:val="00645CAC"/>
     <w:rsid w:val="006730B4"/>
     <w:rsid w:val="006A0322"/>
     <w:rsid w:val="006A2E4E"/>
     <w:rsid w:val="006E109F"/>
     <w:rsid w:val="006E429A"/>
     <w:rsid w:val="006F63BE"/>
     <w:rsid w:val="0072233F"/>
+    <w:rsid w:val="007503E7"/>
     <w:rsid w:val="00750FE4"/>
     <w:rsid w:val="0078619D"/>
     <w:rsid w:val="00795292"/>
     <w:rsid w:val="007C0F4A"/>
     <w:rsid w:val="008026D5"/>
     <w:rsid w:val="00807D6C"/>
     <w:rsid w:val="00870F11"/>
     <w:rsid w:val="00896F3B"/>
     <w:rsid w:val="008A54B3"/>
     <w:rsid w:val="008D4FF1"/>
     <w:rsid w:val="008E71E2"/>
     <w:rsid w:val="008F539D"/>
     <w:rsid w:val="009334B7"/>
     <w:rsid w:val="009443C9"/>
     <w:rsid w:val="009576D1"/>
     <w:rsid w:val="009A45A8"/>
     <w:rsid w:val="009A7817"/>
     <w:rsid w:val="009C038E"/>
+    <w:rsid w:val="009E1432"/>
     <w:rsid w:val="009E37DA"/>
     <w:rsid w:val="00A40090"/>
     <w:rsid w:val="00A4531A"/>
     <w:rsid w:val="00A82088"/>
     <w:rsid w:val="00AA64B3"/>
     <w:rsid w:val="00AC57C0"/>
     <w:rsid w:val="00AC5F57"/>
     <w:rsid w:val="00AD18C5"/>
     <w:rsid w:val="00AD1F7D"/>
     <w:rsid w:val="00AF4A87"/>
     <w:rsid w:val="00B95C61"/>
     <w:rsid w:val="00BC5A61"/>
+    <w:rsid w:val="00BD068C"/>
     <w:rsid w:val="00C03894"/>
     <w:rsid w:val="00C10AAF"/>
     <w:rsid w:val="00C52CD2"/>
     <w:rsid w:val="00C70955"/>
     <w:rsid w:val="00C8247B"/>
     <w:rsid w:val="00CA4B62"/>
     <w:rsid w:val="00CB2C92"/>
     <w:rsid w:val="00CE4933"/>
     <w:rsid w:val="00D33E95"/>
     <w:rsid w:val="00D709F0"/>
     <w:rsid w:val="00D73DED"/>
     <w:rsid w:val="00D76807"/>
     <w:rsid w:val="00D86211"/>
     <w:rsid w:val="00DB7626"/>
     <w:rsid w:val="00DE3D3F"/>
     <w:rsid w:val="00E029A9"/>
     <w:rsid w:val="00E10AC2"/>
     <w:rsid w:val="00E10C00"/>
     <w:rsid w:val="00E2465D"/>
     <w:rsid w:val="00E533B7"/>
     <w:rsid w:val="00E62468"/>
     <w:rsid w:val="00E6706E"/>
     <w:rsid w:val="00E713E5"/>
     <w:rsid w:val="00EE316C"/>
     <w:rsid w:val="00EE58D0"/>
@@ -9682,50 +10274,94 @@
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -9935,68 +10571,74 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00024543"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-720"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="009443C9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9720"/>
       </w:tabs>
       <w:ind w:right="-180"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00024543"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
@@ -10070,85 +10712,95 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00117BF1"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D5D44"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E1432"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="889608730">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1928882702">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uabfinancial.infomedia.com/content.asp?id=208887" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://financialaffairs.uab.edu/forms.asp" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://financialaffairs.uab.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://financialaffairs.uab.edu/content.asp?id=271856" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
@@ -10429,78 +11081,78 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>16655</Characters>
+  <Pages>9</Pages>
+  <Words>2851</Words>
+  <Characters>16823</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>138</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>410</Lines>
+  <Paragraphs>121</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The University of Alabama at Birmingham</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UAB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19537</CharactersWithSpaces>
+  <CharactersWithSpaces>19553</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1507353</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://financialaffairs.uab.edu/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5374031</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -10553,25 +11205,54 @@
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The University of Alabama at Birmingham</dc:title>
   <dc:subject/>
   <dc:creator>UAB Employee</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SetDate">
+    <vt:lpwstr>2026-03-11T19:57:36Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Name">
+    <vt:lpwstr>Sensitive</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SiteId">
+    <vt:lpwstr>d8999fe4-76af-40b3-b435-1d8977abc08c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ActionId">
+    <vt:lpwstr>97b3d0f8-0c48-464f-806e-c9c0ad7f55af</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>